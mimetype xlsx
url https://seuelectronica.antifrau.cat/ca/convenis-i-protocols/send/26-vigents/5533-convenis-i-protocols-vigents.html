--- v0 (2026-01-20)
+++ v1 (2026-03-06)
@@ -1,66 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Comunicacio\Seu electrònica\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{29367BAB-6E77-4A67-ABE5-8819835E6641}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C39DDEE5-FD3B-46E8-8E49-D64BE877C123}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Full 1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="94">
   <si>
     <t>PARTS</t>
   </si>
   <si>
     <t>OBJECTE</t>
   </si>
   <si>
     <t>VIGÈNCIA</t>
   </si>
   <si>
     <t>AFECTACIÓ ECONÒMICA</t>
   </si>
   <si>
     <t>Oficina Antifrau de Catalunya; Tribunal Català de Contractes del Sector Públic</t>
   </si>
   <si>
     <t>Conveni de col·laboració entre l’Oficina Antifrau de Catalunya i el Tribunal Català de Contractes del Sector Públic relatiu a l'atribució de competències per tramitar i resoldre els recursos especials en matèria de contractació pública</t>
   </si>
   <si>
     <t>Des de 16 de juliol de 2024 fins a 15 de juliol de 2028</t>
   </si>
   <si>
     <t>Sí</t>
   </si>
   <si>
@@ -286,50 +286,62 @@
     <t>Oficina Antifrau de Catalunya; Universitat Politècnica de Catalunya</t>
   </si>
   <si>
     <t>Conveni de col·laboració entre la Universitat Politècnica de Catalunya i l’Oficina Antifrau de Catalunya per compartir els cursos autoformatius asíncrons de l’Aula virtual Antifrau</t>
   </si>
   <si>
     <t>Des de 7 de març de 2025 fins a 6 de març de 2029 (amb possibilitat de quatre anys de pròrroga)</t>
   </si>
   <si>
     <t>4 anys (fins el 13/4/2025, prorrogat)</t>
   </si>
   <si>
     <t>Des de 11 d'abril de 2025 fins a 10 d'abril de 2029 (pròrroga)</t>
   </si>
   <si>
     <t>Acord de pròrroga del conveni marc de cooperació educativa entre la Universitat de Girona i l'Oficina Antifrau de Catalunya per a la realització de pràctiques acadèmiques externes</t>
   </si>
   <si>
     <t>Oficina Antifrau de Catalunya; Departament d'Economia i Finances</t>
   </si>
   <si>
     <t>Adscripció d’espais de l’edifici de Passeig de Gràcia, 105 a l’Oficina Antifrau de Catalunya</t>
   </si>
   <si>
     <t>Des del 9 de juliol de 2025 fins a 8 de juliol de 2029 (amb possibilitat de quatre anys de pròrroga)</t>
+  </si>
+  <si>
+    <t>Oficina Antifrau de Catalunya; Ajuntament de Terrassa</t>
+  </si>
+  <si>
+    <t>Col·laboració amb la finalitat de treballar conjuntament en la implantació, consolidació i millora del sistema d’integritat institucional i elaboració del Pla d’Integritat municipal</t>
+  </si>
+  <si>
+    <t>Des de 1 de gener de 2026 fins a 31 de desembre de 2027 (pròrroga)</t>
+  </si>
+  <si>
+    <t>NO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="9">
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="AribauGroteskAltRegular"/>
     </font>
     <font>
       <u/>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="AribauGroteskAltRegular"/>
     </font>
@@ -398,81 +410,84 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Enllaç" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
@@ -649,552 +664,567 @@
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/protocol-collaboracio-acco-antifrau.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0018conveni-anticorrupcio-argentina.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0011conveni-sindicatura-comptes-oac-2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-upc-antifrau-compartir-cursos-aula-virtual.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-ministeri-fiscal-oficina-antifrau-catalunya.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0007conveni-registradors-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-antifrau-departament-economia-hisenda.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0022conveni-uic-oac-2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/no_vigents/0004projecte_acord_oac_scp_2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-antifrau-central-subministraments.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/protocol-actuacio-desenvolupament-conveni-collaboracio-ministeri-fiscal-oficina-antifrau-catalunya.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0013protocol-anticorrup-serbia-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0009protocol-aune-red-pacto-mundial-2012.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-antifrau-tribunal-catala-comptes-sector-public.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-diba-antifrau-integritat-institucional-corporativa-municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/argentina-conveni-assistencia-cooperacio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-multilateral-contractacio-conjunta-serveis-delegat-proteccio-dades-antifrau-sindicatura-cac-sindic.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-ajuntament-barcelona-antifrau-canal-permanent-comunicacio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0015conveni-delegacio-macedonia-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-fiscalia-superior-cat.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-adscripcio-espais-edifici-favor-oficina-antifrau-catalunya.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-oac-balears.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0010conveni-collegi-censors-jurats-comptes-cat.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-marc-cooperacio-educativa-upf-antifrau-practiques-academiques-externes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-marc-practiques-udg-antifrau.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0016cooperacio-escola-sup-protocol-rels-inst-espri-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0006conveni-csital-2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/acord-prorroga-conveni-marc-cooperacio-educativa-udg-antifrau.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/protocol-collaboracio-acco-antifrau.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0018conveni-anticorrupcio-argentina.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0011conveni-sindicatura-comptes-oac-2012.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-upc-antifrau-compartir-cursos-aula-virtual.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-ministeri-fiscal-oficina-antifrau-catalunya.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0007conveni-registradors-2012.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-antifrau-departament-economia-hisenda.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0022conveni-uic-oac-2015.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/no_vigents/0004projecte_acord_oac_scp_2010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-antifrau-central-subministraments.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/protocol-actuacio-desenvolupament-conveni-collaboracio-ministeri-fiscal-oficina-antifrau-catalunya.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0013protocol-anticorrup-serbia-2013.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0009protocol-aune-red-pacto-mundial-2012.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/prorroga-conveni-collaboracio-oficina-antifrau-catalunya-ajuntament-terrassa.pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-antifrau-tribunal-catala-comptes-sector-public.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-collaboracio-diba-antifrau-integritat-institucional-corporativa-municipal.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/argentina-conveni-assistencia-cooperacio.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-multilateral-contractacio-conjunta-serveis-delegat-proteccio-dades-antifrau-sindicatura-cac-sindic.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-ajuntament-barcelona-antifrau-canal-permanent-comunicacio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0015conveni-delegacio-macedonia-2013.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-fiscalia-superior-cat.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-adscripcio-espais-edifici-favor-oficina-antifrau-catalunya.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-oac-balears.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0010conveni-collegi-censors-jurats-comptes-cat.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-marc-cooperacio-educativa-upf-antifrau-practiques-academiques-externes.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-marc-practiques-udg-antifrau.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0016cooperacio-escola-sup-protocol-rels-inst-espri-2013.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0006conveni-csital-2012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/acord-prorroga-conveni-marc-cooperacio-educativa-udg-antifrau.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D36"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="H13" sqref="H13"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B8" sqref="B8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="15.75" customHeight="1"/>
+  <sheetFormatPr defaultColWidth="12.7109375" defaultRowHeight="15.75" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="21.109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="25.5546875" customWidth="1"/>
+    <col min="1" max="1" width="21.140625" customWidth="1"/>
+    <col min="2" max="2" width="44.28515625" customWidth="1"/>
+    <col min="3" max="3" width="21.42578125" customWidth="1"/>
+    <col min="4" max="4" width="25.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="13.2">
+    <row r="1" spans="1:4" ht="12.75">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="1:4" ht="40.799999999999997">
+    <row r="2" spans="1:4" ht="52.5">
       <c r="A2" s="4" t="s">
         <v>87</v>
       </c>
       <c r="B2" s="10" t="s">
         <v>88</v>
       </c>
       <c r="C2" s="4" t="s">
         <v>89</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="54" customHeight="1">
       <c r="A3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>85</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4" ht="60.75" customHeight="1">
       <c r="A4" s="4" t="s">
         <v>81</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>82</v>
       </c>
       <c r="C4" s="4" t="s">
         <v>83</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="62.4" customHeight="1">
+    <row r="5" spans="1:4" ht="62.45" customHeight="1">
       <c r="A5" s="4" t="s">
         <v>78</v>
       </c>
       <c r="B5" s="6" t="s">
         <v>79</v>
       </c>
       <c r="C5" s="4" t="s">
         <v>80</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="62.4" customHeight="1">
+    <row r="6" spans="1:4" ht="62.45" customHeight="1">
       <c r="A6" s="4" t="s">
         <v>75</v>
       </c>
       <c r="B6" s="6" t="s">
         <v>76</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>77</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="62.4" customHeight="1">
+    <row r="7" spans="1:4" ht="62.45" customHeight="1">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="4" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="8" spans="1:4" ht="51.6" customHeight="1">
+    <row r="8" spans="1:4" ht="62.45" customHeight="1">
       <c r="A8" s="4" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>90</v>
+      </c>
+      <c r="B8" s="11" t="s">
+        <v>91</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>10</v>
+        <v>92</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:4" ht="57.6" customHeight="1">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="51.6" customHeight="1">
       <c r="A9" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C9" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="10" spans="1:4" ht="47.4" customHeight="1">
+    <row r="10" spans="1:4" ht="57.6" customHeight="1">
       <c r="A10" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="47.45" customHeight="1">
+      <c r="A11" s="4" t="s">
         <v>13</v>
       </c>
-      <c r="B10" s="7" t="s">
+      <c r="B11" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="C10" s="4" t="s">
+      <c r="C11" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="4" t="s">
+      <c r="D11" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="47.45" customHeight="1">
+      <c r="A12" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="B11" s="7" t="s">
+      <c r="B12" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="4" t="s">
+      <c r="C12" s="4" t="s">
         <v>18</v>
       </c>
-      <c r="D11" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="4" t="s">
+      <c r="D12" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="72" customHeight="1">
+      <c r="A13" s="4" t="s">
         <v>19</v>
       </c>
-      <c r="B12" s="7" t="s">
+      <c r="B13" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="C12" s="4" t="s">
+      <c r="C13" s="4" t="s">
         <v>21</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="4" t="s">
+      <c r="D13" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="44.45" customHeight="1">
+      <c r="A14" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="B13" s="7" t="s">
+      <c r="B14" s="7" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="4" t="s">
+      <c r="C14" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="D13" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A14" s="4" t="s">
+      <c r="D14" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="49.9" customHeight="1">
+      <c r="A15" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B14" s="7" t="s">
+      <c r="B15" s="7" t="s">
         <v>26</v>
       </c>
-      <c r="C14" s="4" t="s">
+      <c r="C15" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="D14" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A15" s="4" t="s">
+      <c r="D15" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="55.9" customHeight="1">
+      <c r="A16" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="B15" s="7" t="s">
+      <c r="B16" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="C15" s="4" t="s">
+      <c r="C16" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="D15" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A16" s="4" t="s">
+      <c r="D16" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="61.15" customHeight="1">
+      <c r="A17" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="B16" s="7" t="s">
+      <c r="B17" s="7" t="s">
         <v>30</v>
       </c>
-      <c r="C16" s="4" t="s">
+      <c r="C17" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="D16" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A17" s="4" t="s">
+      <c r="D17" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" ht="57.6" customHeight="1">
+      <c r="A18" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="7" t="s">
+      <c r="B18" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="4" t="s">
+      <c r="C18" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="D17" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A18" s="4" t="s">
+      <c r="D18" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" ht="41.45" customHeight="1">
+      <c r="A19" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="B18" s="7" t="s">
+      <c r="B19" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="C18" s="4" t="s">
+      <c r="C19" s="4" t="s">
         <v>38</v>
       </c>
-      <c r="D18" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A19" s="4" t="s">
+      <c r="D19" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" ht="48" customHeight="1">
+      <c r="A20" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="B19" s="7" t="s">
+      <c r="B20" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="C19" s="4" t="s">
+      <c r="C20" s="4" t="s">
         <v>41</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A20" s="4" t="s">
+      <c r="D20" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" ht="57.6" customHeight="1">
+      <c r="A21" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="B20" s="7" t="s">
+      <c r="B21" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="C20" s="4" t="s">
+      <c r="C21" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="D20" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A21" s="4" t="s">
+      <c r="D21" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="49.15" customHeight="1">
+      <c r="A22" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="B21" s="7" t="s">
+      <c r="B22" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="C21" s="4" t="s">
+      <c r="C22" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="D21" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="4" t="s">
+      <c r="D22" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" ht="75.599999999999994" customHeight="1">
+      <c r="A23" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="B22" s="7" t="s">
+      <c r="B23" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="C22" s="4" t="s">
+      <c r="C23" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="D22" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A23" s="4" t="s">
+      <c r="D23" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" ht="41.45" customHeight="1">
+      <c r="A24" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="B23" s="7" t="s">
+      <c r="B24" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="C23" s="4" t="s">
+      <c r="C24" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="D23" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A24" s="4" t="s">
+      <c r="D24" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" ht="53.45" customHeight="1">
+      <c r="A25" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="B24" s="7" t="s">
+      <c r="B25" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="C24" s="4" t="s">
+      <c r="C25" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="D24" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A25" s="4" t="s">
+      <c r="D25" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="56.45" customHeight="1">
+      <c r="A26" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="B25" s="7" t="s">
+      <c r="B26" s="7" t="s">
         <v>58</v>
       </c>
-      <c r="C25" s="4" t="s">
+      <c r="C26" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="D25" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A26" s="4" t="s">
+      <c r="D26" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" ht="67.900000000000006" customHeight="1">
+      <c r="A27" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="B26" s="7" t="s">
+      <c r="B27" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="C26" s="4" t="s">
+      <c r="C27" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="D26" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A27" s="4" t="s">
+      <c r="D27" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="79.150000000000006" customHeight="1">
+      <c r="A28" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="B27" s="7" t="s">
+      <c r="B28" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="C27" s="4" t="s">
+      <c r="C28" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="D27" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A28" s="4" t="s">
+      <c r="D28" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="61.15" customHeight="1">
+      <c r="A29" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="B28" s="7" t="s">
+      <c r="B29" s="7" t="s">
         <v>67</v>
       </c>
-      <c r="C28" s="4" t="s">
+      <c r="C29" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A29" s="4" t="s">
+      <c r="D29" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="79.900000000000006" customHeight="1">
+      <c r="A30" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="B29" s="7" t="s">
+      <c r="B30" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="C29" s="4" t="s">
+      <c r="C30" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="D29" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A30" s="4" t="s">
+      <c r="D30" s="5" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" ht="40.9" customHeight="1">
+      <c r="A31" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="B30" s="7" t="s">
+      <c r="B31" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="C30" s="4" t="s">
+      <c r="C31" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="D30" s="5" t="s">
-[...7 lines deleted...]
-      <c r="D31" s="3"/>
+      <c r="D31" s="5" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="32" spans="1:4" ht="15.75" customHeight="1">
       <c r="A32" s="2"/>
       <c r="B32" s="2"/>
       <c r="C32" s="3"/>
       <c r="D32" s="3"/>
     </row>
     <row r="33" spans="1:4" ht="15.75" customHeight="1">
       <c r="A33" s="2"/>
       <c r="B33" s="2"/>
       <c r="C33" s="3"/>
       <c r="D33" s="3"/>
     </row>
     <row r="34" spans="1:4" ht="15.75" customHeight="1">
       <c r="A34" s="2"/>
       <c r="B34" s="2"/>
       <c r="C34" s="3"/>
       <c r="D34" s="3"/>
     </row>
     <row r="35" spans="1:4" ht="15.75" customHeight="1">
       <c r="A35" s="2"/>
       <c r="B35" s="2"/>
       <c r="C35" s="3"/>
       <c r="D35" s="3"/>
     </row>
+    <row r="36" spans="1:4" ht="15.75" customHeight="1">
+      <c r="A36" s="2"/>
+      <c r="B36" s="2"/>
+      <c r="C36" s="3"/>
+      <c r="D36" s="3"/>
+    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B7" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-    <hyperlink ref="B8" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
-[...20 lines deleted...]
-    <hyperlink ref="B30" r:id="rId23" tooltip="Fixació de les línies de col·laboració pel trasllat de denúncies i intercanvi d’informació" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-fiscalia-superior-cat.pdf" xr:uid="{CAAEDA81-26E9-4C4B-A2FE-30C266942E37}"/>
+    <hyperlink ref="B9" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="B10" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="B11" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
+    <hyperlink ref="B12" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="B13" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
+    <hyperlink ref="B14" r:id="rId7" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-antifrau-departament-economia-hisenda.pdf" xr:uid="{09572B56-9D85-4094-B455-5CD5084CBD19}"/>
+    <hyperlink ref="B15" r:id="rId8" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/protocol-collaboracio-acco-antifrau.pdf" xr:uid="{993D8EB0-1C5E-4CDC-96CF-C41E0D722847}"/>
+    <hyperlink ref="B16" r:id="rId9" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-marc-practiques-udg-antifrau.pdf" xr:uid="{D26C5075-2D88-4AA7-8BFD-831A8FE49A92}"/>
+    <hyperlink ref="B17" r:id="rId10" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-oac-balears.pdf" xr:uid="{44EC7298-CC35-4D13-869F-679CA182F509}"/>
+    <hyperlink ref="B18" r:id="rId11" tooltip="Conveni d’assistència i cooperació tècniques en temàtiques relaciones amb la ètica pública, la transparència i de lluita contra la corrupció" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/argentina-conveni-assistencia-cooperacio.pdf" xr:uid="{82843DFF-CA6B-4CC8-BE4A-4A3CD1B2B06F}"/>
+    <hyperlink ref="B19" r:id="rId12" tooltip="Establiment de línies de col·laboració en activitats de formació, transferència de coneixement i recerca relacionades amb la prevenció i el control de la corrupció" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0022conveni-uic-oac-2015.pdf" xr:uid="{C4081D18-C19E-40B9-ADBF-A03E954D929E}"/>
+    <hyperlink ref="B20" r:id="rId13" tooltip="Establiment de les bases per a la prestació de cooperació en àmbits vinculats amb l’ètica pública, transparència i polítiques preventives en matèria de corrupció" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0018conveni-anticorrupcio-argentina.pdf" xr:uid="{58341440-6112-4E78-96C7-98AF5A49E2D4}"/>
+    <hyperlink ref="B22" r:id="rId14" tooltip="Protocol per a la realització de pràctiques formatives" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0016cooperacio-escola-sup-protocol-rels-inst-espri-2013.pdf" xr:uid="{9C300114-0FAA-461B-B84C-7A8F2BC2D4DC}"/>
+    <hyperlink ref="B23" r:id="rId15" tooltip="Col·laboració en matèria d’informació, intercanvi d’estudis i informes en matèria de prevenció de la corrupció" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0015conveni-delegacio-macedonia-2013.pdf" xr:uid="{71696122-E7A5-4509-B505-CD80C0475CB2}"/>
+    <hyperlink ref="B24" r:id="rId16" tooltip="Protocol de col·laboració en matèria d’intercanvi d’estudis i de d’informes de recerca en matèria de prevenció de la corrupció" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0013protocol-anticorrup-serbia-2013.pdf" xr:uid="{68B89455-3CDB-472E-818F-A34E9FF551A0}"/>
+    <hyperlink ref="B25" r:id="rId17" tooltip="Protocol de col·laboració per a l’intercanvi de materials, en l’organització de jornades conjuntes i de campanyes de sensibilització en matèria de lluita contra la corrupció" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/no_vigents/0004projecte_acord_oac_scp_2010.pdf" xr:uid="{5BCAC8A7-FC6F-4746-8062-234BBB827FDF}"/>
+    <hyperlink ref="B26" r:id="rId18" tooltip="Conveni de col·laboració entre la Sindicatura de Comptes de Catalunya i l’Oficina Antifrau de Catalunya" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0011conveni-sindicatura-comptes-oac-2012.pdf" xr:uid="{EAFCE77E-3DD5-43A2-BADB-4BB6C805F973}"/>
+    <hyperlink ref="B27" r:id="rId19" tooltip="Establiment de línies de col·laboració general en matèria de prevenció de la corrupció, assessorament, cooperació i impuls d’accions per a preservar la transparència i la integritat i foment de les bones pràctiques" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0010conveni-collegi-censors-jurats-comptes-cat.pdf" xr:uid="{4483E6F0-37DE-4D83-99DB-F7040AAA020D}"/>
+    <hyperlink ref="B28" r:id="rId20" tooltip="Per a la promoció de l’adhesió del sector privat a la iniciativa de Nacions Unides Global Compact" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0009protocol-aune-red-pacto-mundial-2012.pdf" xr:uid="{CD8C89C8-4598-4211-9A73-76B597C28E4E}"/>
+    <hyperlink ref="B29" r:id="rId21" tooltip="Línies de col·laboració per a l’accés remot a les dades dels Registres, entre d’altres" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0007conveni-registradors-2012.pdf" xr:uid="{DA357767-4AF6-4037-97CA-F0DEA2006A73}"/>
+    <hyperlink ref="B30" r:id="rId22" tooltip="Intercanvi d’informació i experiències i promoció conjunta d’accions tendents a l’estudi, discussió, investigació i formació en l’àmbit de la prevenció i control de la corrupció al món local" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/0006conveni-csital-2012.pdf" xr:uid="{EAE518A8-8CF3-4935-9F99-D19741C9E19B}"/>
+    <hyperlink ref="B31" r:id="rId23" tooltip="Fixació de les línies de col·laboració pel trasllat de denúncies i intercanvi d’informació" display="https://seuelectronica.antifrau.cat/downloads/contractaci%C3%B3,_convenis,_estudis_i_informes/convenis_i_protocols/vigents/conveni-fiscalia-superior-cat.pdf" xr:uid="{CAAEDA81-26E9-4C4B-A2FE-30C266942E37}"/>
     <hyperlink ref="B6" r:id="rId24" xr:uid="{2E5B5C2E-2EA7-4BF4-B7DF-074A4A816F1A}"/>
     <hyperlink ref="B5" r:id="rId25" display="Conveni de col·laboració entre l’Oficina Antifrau de Catalunya i la Comissió Central de Subministraments de la Generalitat de Catalunya relatiu a les condicions de participació en el Sistema Central d’Adquisicions de Béns i Serveis de la Generalitat de Catalunya" xr:uid="{BAD02908-EC84-459A-B6E4-DDF154AE51E0}"/>
     <hyperlink ref="B4" r:id="rId26" xr:uid="{400E5A92-DFB9-4FBF-AD0C-883E4BEA9384}"/>
     <hyperlink ref="B3" r:id="rId27" xr:uid="{36A42CD6-030C-4B5B-888B-98FD7D149FE0}"/>
     <hyperlink ref="B2" r:id="rId28" xr:uid="{5C4B3FA2-B3CE-493A-B2F1-11A6942928A5}"/>
+    <hyperlink ref="B8" r:id="rId29" xr:uid="{85122DB7-8AB0-49AB-A771-346AA5D6ADEB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fulls de càlcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Full 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>